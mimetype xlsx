--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\state.mt.ads\HHS\Users\CSJ061\!Quarterly Updates\2025\07\Fee Schedules\Final\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://conduent.sharepoint.com/teams/MTMMISDSSPBM/ProvRel/Shared Documents/Publications Specialist/Fee Schedules/2025/July 2025 final/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D5CC4E84-30C8-4319-9F70-070CE4B777AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7B85439-38E1-4CB7-B976-45C0BF7D31FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Oral Surgeon Services" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Oral Surgeon Services'!$A$1:$O$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Oral Surgeon Services'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7458" uniqueCount="877">
   <si>
@@ -3135,53 +3135,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O680"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="75" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="75" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7" style="10" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="59.7109375" style="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="6.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="6.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -35132,51 +35130,52 @@
       <c r="L680" s="12" t="s">
         <v>16</v>
       </c>
       <c r="M680" s="12" t="s">
         <v>16</v>
       </c>
       <c r="N680" s="12" t="s">
         <v>16</v>
       </c>
       <c r="O680" s="12" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <conditionalFormatting sqref="A2:A604 A645:A680">
     <cfRule type="duplicateValues" dxfId="0" priority="1"/>
   </conditionalFormatting>
   <pageMargins left="0" right="0" top="1" bottom="1" header="0.32" footer="0.5"/>
   <pageSetup scale="78" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14Montana Healthcare Programs Fee Schedule
 Oral Surgeon Services
 &amp;K000000July 1, 2025</oddHeader>
     <oddFooter>&amp;LPlease see &amp;KC00000cover sheet&amp;K000000 for a complete description
-of information contained in the fee schedules.&amp;CPage &amp;P</oddFooter>
+of information contained in the fee schedules.&amp;CPage &amp;P&amp;RCurrent Dental Terminology © 2025 American 
+Dental Association. All rights reserved.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A18ED03948227744991C7896B3622210" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7f36d679be11d4d9277d5e9d0d3a9810">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9051561a-d0f5-4d01-851e-ab6102565ce2" xmlns:ns3="c45a5b75-b629-4517-8042-211c802b629e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08df62a4b971042781e7161d90005e47" ns2:_="" ns3:_="">
     <xsd:import namespace="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
     <xsd:import namespace="c45a5b75-b629-4517-8042-211c802b629e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
@@ -35374,89 +35373,120 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D96300CD-84C6-42BF-A3D8-C5C9A35AB48F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C848A4F9-2C2F-44B6-9A47-7FB37F6690FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
+    <ds:schemaRef ds:uri="c45a5b75-b629-4517-8042-211c802b629e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B531A3-E248-4580-A84F-94360BD8BE51}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA196516-38B3-4E2C-B3A8-969953E64C48}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6272944-5A8B-4F2B-A6C1-A1BE953C2158}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{294CB57F-2E2C-4921-B7D9-B74CE70062C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="c45a5b75-b629-4517-8042-211c802b629e"/>
+    <ds:schemaRef ds:uri="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Oral Surgeon Services</vt:lpstr>
       <vt:lpstr>'Oral Surgeon Services'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Consultec, Inc</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>July 2025 Oral Surgeon Sevices Fee Schedule</dc:title>
   <dc:creator>Employee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A18ED03948227744991C7896B3622210</vt:lpwstr>
   </property>
 </Properties>
 </file>